--- v0 (2025-10-09)
+++ v1 (2026-03-20)
@@ -420,51 +420,51 @@
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(vardas, pavardė spausdintomis raidėmis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A887E96" w14:textId="116D2559" w:rsidR="00483175" w:rsidRDefault="00483175" w:rsidP="005F57B7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Lentelstinklelis"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="2269" w:tblpY="30"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="650"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="432"/>
       </w:tblGrid>
       <w:tr w:rsidR="000A67E0" w14:paraId="5B34ED80" w14:textId="77777777" w:rsidTr="000A67E0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -542,103 +542,109 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B0ADDA7" w14:textId="77777777" w:rsidR="000A67E0" w:rsidRDefault="000A67E0" w:rsidP="00483175"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AE62C0E" w14:textId="77777777" w:rsidR="000A67E0" w:rsidRDefault="000A67E0" w:rsidP="00483175"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5340A1ED" w14:textId="77777777" w:rsidR="00483175" w:rsidRDefault="00483175" w:rsidP="005F57B7">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="011B72E0" w14:textId="77777777" w:rsidR="000A67E0" w:rsidRDefault="000A67E0" w:rsidP="005F57B7">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17294F54" w14:textId="456F652C" w:rsidR="005F57B7" w:rsidRDefault="005F57B7" w:rsidP="005F57B7">
+    <w:p w14:paraId="17294F54" w14:textId="193F778A" w:rsidR="005F57B7" w:rsidRDefault="005F57B7" w:rsidP="005F57B7">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>į Buivydiškių pagrindin</w:t>
       </w:r>
       <w:r w:rsidR="004D7FB5">
         <w:t>ė</w:t>
       </w:r>
       <w:r w:rsidR="008C7B39">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mokykl</w:t>
       </w:r>
       <w:r w:rsidR="004D7FB5">
         <w:t xml:space="preserve">os </w:t>
       </w:r>
       <w:r w:rsidR="00AF13DB">
         <w:t>__________</w:t>
       </w:r>
       <w:r w:rsidR="00D22C69">
         <w:t xml:space="preserve"> klasę nuo 202</w:t>
       </w:r>
-      <w:r w:rsidR="00B97581">
-        <w:t>5</w:t>
+      <w:r w:rsidR="00803A87">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00D22C69">
         <w:t xml:space="preserve"> m. </w:t>
       </w:r>
       <w:r w:rsidR="00D22C69">
         <w:softHyphen/>
         <w:t xml:space="preserve">rugsėjo 1 </w:t>
       </w:r>
       <w:r w:rsidR="004D7FB5">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="000A67E0">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07630D20" w14:textId="77777777" w:rsidR="000A67E0" w:rsidRDefault="000A67E0" w:rsidP="005F57B7">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73B02BCD" w14:textId="0D41B82D" w:rsidR="000A67E0" w:rsidRDefault="000A67E0" w:rsidP="005F57B7">
-[...4 lines deleted...]
-        <w:t>į Sudervės pradinio ugdymo skyriaus ___________klasę nuo 2025 m. rugsėjo 1 d.</w:t>
+    <w:p w14:paraId="73B02BCD" w14:textId="60D88429" w:rsidR="000A67E0" w:rsidRDefault="000A67E0" w:rsidP="005F57B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>į Sudervės pradinio ugdymo skyriaus ___________klasę nuo 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00803A87">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> m. rugsėjo 1 d.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D336D8F" w14:textId="77777777" w:rsidR="007B3759" w:rsidRDefault="007B3759" w:rsidP="005F57B7">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68A28575" w14:textId="66CC2615" w:rsidR="002F44AE" w:rsidRDefault="00615967" w:rsidP="002F44AE">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Anksčiau lankyta įstaiga:___________________________</w:t>
       </w:r>
       <w:r w:rsidR="00AF13DB">
         <w:t>____________________________</w:t>
       </w:r>
       <w:r>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidR="007B3759">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47AA7782" w14:textId="582D151C" w:rsidR="007B3759" w:rsidRDefault="007B3759" w:rsidP="005F57B7">
@@ -922,154 +928,157 @@
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF13DB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Vardas, pavardė</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004D7FB5" w:rsidRPr="00AF13DB" w:rsidSect="000A67E0">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="709" w:right="1134" w:bottom="851" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F57B7"/>
     <w:rsid w:val="000A67E0"/>
     <w:rsid w:val="000D0610"/>
     <w:rsid w:val="001A5B5C"/>
     <w:rsid w:val="00284182"/>
     <w:rsid w:val="002A5CEC"/>
     <w:rsid w:val="002A6907"/>
     <w:rsid w:val="002D1D81"/>
     <w:rsid w:val="002F44AE"/>
     <w:rsid w:val="00406086"/>
     <w:rsid w:val="00483175"/>
     <w:rsid w:val="004D7FB5"/>
     <w:rsid w:val="005F57B7"/>
     <w:rsid w:val="00615967"/>
     <w:rsid w:val="007800E7"/>
     <w:rsid w:val="007B3759"/>
+    <w:rsid w:val="00803A87"/>
     <w:rsid w:val="00870D74"/>
     <w:rsid w:val="00872CC0"/>
+    <w:rsid w:val="008B193E"/>
     <w:rsid w:val="008C7B39"/>
+    <w:rsid w:val="00921DD3"/>
     <w:rsid w:val="009A652E"/>
     <w:rsid w:val="00AF13DB"/>
     <w:rsid w:val="00B97581"/>
     <w:rsid w:val="00BF755A"/>
     <w:rsid w:val="00C67FB9"/>
     <w:rsid w:val="00D22C69"/>
     <w:rsid w:val="00E142C2"/>
     <w:rsid w:val="00E52055"/>
     <w:rsid w:val="00E86063"/>
     <w:rsid w:val="00FA2535"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="533136FF"/>
   <w15:docId w15:val="{3530A385-A86D-47DE-ADE9-E0CB89131A3B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -1426,125 +1435,125 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Lentelstinklelis">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="prastojilentel"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00483175"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Debesliotekstas">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="prastasis"/>
-    <w:link w:val="DebesliotekstasDiagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C67FB9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
-[...2 lines deleted...]
-    <w:link w:val="Debesliotekstas"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C67FB9"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
@@ -1816,55 +1825,55 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1145</Words>
-  <Characters>653</Characters>
+  <Words>268</Words>
+  <Characters>1530</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>